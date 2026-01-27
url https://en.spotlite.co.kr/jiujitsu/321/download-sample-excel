--- v0 (2026-01-27)
+++ v1 (2026-01-27)
@@ -1722,51 +1722,51 @@
     <row r="99">
       <c r="D99" s="2" t="n"/>
       <c r="F99" s="2" t="n"/>
       <c r="I99" s="2" t="n"/>
     </row>
     <row r="100">
       <c r="D100" s="2" t="n"/>
       <c r="F100" s="2" t="n"/>
       <c r="I100" s="2" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:J1"/>
   </mergeCells>
   <dataValidations count="6">
     <dataValidation sqref="J2:J3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="Input Error" error="Please select either 'Apply' or 'Do not apply'." type="list">
       <formula1>"Apply,Do not apply"</formula1>
     </dataValidation>
     <dataValidation sqref="A3:A3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="Input Error" error="Please enter a valid age group." type="list">
       <formula1>"43마스터3(81~85)"</formula1>
     </dataValidation>
     <dataValidation sqref="B3:B3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="Input Error" error="Please select a gender from the list." type="list">
       <formula1>"Women's,Men's"</formula1>
     </dataValidation>
     <dataValidation sqref="C3:C3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="Input Error" error="Please select a belt from the list." type="list">
-      <formula1>"비기너(화이트0~1그라우),블랙,브라운,어드밴스(화이트2~4그라우),퍼플,블루"</formula1>
+      <formula1>"블루,퍼플,브라운,블랙,비기너(화이트0~1그라우),어드밴스(화이트2~4그라우)"</formula1>
     </dataValidation>
     <dataValidation sqref="D3:D3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="Input Error" error="Please select a weight class from the list." type="list">
       <formula1>"-48.5,-53.5,-58.5,-64,-69,-70,-74,-76,-82.3,-88.3,-94.3,+74,+94.3"</formula1>
     </dataValidation>
     <dataValidation sqref="J2:J3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="Input Error" error="Please select either 'Apply' or 'Do not apply'." type="list">
       <formula1>"Apply,Do not apply"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:M100"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
@@ -2370,51 +2370,51 @@
     <row r="99">
       <c r="D99" s="2" t="n"/>
       <c r="F99" s="2" t="n"/>
       <c r="I99" s="2" t="n"/>
     </row>
     <row r="100">
       <c r="D100" s="2" t="n"/>
       <c r="F100" s="2" t="n"/>
       <c r="I100" s="2" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:J1"/>
   </mergeCells>
   <dataValidations count="6">
     <dataValidation sqref="J2:J3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="Input Error" error="Please select either 'Apply' or 'Do not apply'." type="list">
       <formula1>"Apply,Do not apply"</formula1>
     </dataValidation>
     <dataValidation sqref="A3:A3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="Input Error" error="Please enter a valid age group." type="list">
       <formula1>"44마스터4(80년이상)"</formula1>
     </dataValidation>
     <dataValidation sqref="B3:B3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="Input Error" error="Please select a gender from the list." type="list">
       <formula1>"Women's,Men's"</formula1>
     </dataValidation>
     <dataValidation sqref="C3:C3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="Input Error" error="Please select a belt from the list." type="list">
-      <formula1>"비기너(화이트0~1그라우),블랙,브라운,어드밴스(화이트2~4그라우),퍼플,블루"</formula1>
+      <formula1>"블루,퍼플,브라운,블랙,비기너(화이트0~1그라우),어드밴스(화이트2~4그라우)"</formula1>
     </dataValidation>
     <dataValidation sqref="D3:D3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="Input Error" error="Please select a weight class from the list." type="list">
       <formula1>"-48.5,-53.5,-58.5,-64,-69,-70,-74,-76,-82.3,-88.3,-94.3,+74,+94.3"</formula1>
     </dataValidation>
     <dataValidation sqref="J2:J3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="Input Error" error="Please select either 'Apply' or 'Do not apply'." type="list">
       <formula1>"Apply,Do not apply"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:M100"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
@@ -3666,51 +3666,51 @@
     <row r="99">
       <c r="D99" s="2" t="n"/>
       <c r="F99" s="2" t="n"/>
       <c r="I99" s="2" t="n"/>
     </row>
     <row r="100">
       <c r="D100" s="2" t="n"/>
       <c r="F100" s="2" t="n"/>
       <c r="I100" s="2" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:J1"/>
   </mergeCells>
   <dataValidations count="6">
     <dataValidation sqref="J2:J3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="Input Error" error="Please select either 'Apply' or 'Do not apply'." type="list">
       <formula1>"Apply,Do not apply"</formula1>
     </dataValidation>
     <dataValidation sqref="A3:A3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="Input Error" error="Please enter a valid age group." type="list">
       <formula1>"61노기고등부"</formula1>
     </dataValidation>
     <dataValidation sqref="B3:B3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="Input Error" error="Please select a gender from the list." type="list">
       <formula1>"Women's,Men's"</formula1>
     </dataValidation>
     <dataValidation sqref="C3:C3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="Input Error" error="Please select a belt from the list." type="list">
-      <formula1>"퍼플,비기너(화이트0~1그라우),블루,어드밴스(화이트2그라우~그레이블랙)"</formula1>
+      <formula1>"블루,퍼플,비기너(화이트0~1그라우),어드밴스(화이트2그라우~그레이블랙)"</formula1>
     </dataValidation>
     <dataValidation sqref="D3:D3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="Input Error" error="Please select a weight class from the list." type="list">
       <formula1>"-46.5,-51.5,-56.5,-62,-67,-68,-72,-74,-80.3,-86.3,-92.3,+74,+92.3"</formula1>
     </dataValidation>
     <dataValidation sqref="J2:J3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="Input Error" error="Please select either 'Apply' or 'Do not apply'." type="list">
       <formula1>"Apply,Do not apply"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:M100"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
@@ -4314,51 +4314,51 @@
     <row r="99">
       <c r="D99" s="2" t="n"/>
       <c r="F99" s="2" t="n"/>
       <c r="I99" s="2" t="n"/>
     </row>
     <row r="100">
       <c r="D100" s="2" t="n"/>
       <c r="F100" s="2" t="n"/>
       <c r="I100" s="2" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:J1"/>
   </mergeCells>
   <dataValidations count="6">
     <dataValidation sqref="J2:J3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="Input Error" error="Please select either 'Apply' or 'Do not apply'." type="list">
       <formula1>"Apply,Do not apply"</formula1>
     </dataValidation>
     <dataValidation sqref="A3:A3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="Input Error" error="Please enter a valid age group." type="list">
       <formula1>"71노기어덜트"</formula1>
     </dataValidation>
     <dataValidation sqref="B3:B3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="Input Error" error="Please select a gender from the list." type="list">
       <formula1>"Women's,Men's"</formula1>
     </dataValidation>
     <dataValidation sqref="C3:C3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="Input Error" error="Please select a belt from the list." type="list">
-      <formula1>"비기너(화이트0~1그라우),블랙,브라운,어드밴스(화이트2~4그라우),퍼플,블루"</formula1>
+      <formula1>"블루,퍼플,브라운,블랙,비기너(화이트0~1그라우),어드밴스(화이트2~4그라우)"</formula1>
     </dataValidation>
     <dataValidation sqref="D3:D3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="Input Error" error="Please select a weight class from the list." type="list">
       <formula1>"-46.5,-51.5,-56.5,-62,-67,-68,-72,-74,-80.3,-86.3,-92.3,+74,+92.3"</formula1>
     </dataValidation>
     <dataValidation sqref="J2:J3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="Input Error" error="Please select either 'Apply' or 'Do not apply'." type="list">
       <formula1>"Apply,Do not apply"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:M100"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
@@ -4962,51 +4962,51 @@
     <row r="99">
       <c r="D99" s="2" t="n"/>
       <c r="F99" s="2" t="n"/>
       <c r="I99" s="2" t="n"/>
     </row>
     <row r="100">
       <c r="D100" s="2" t="n"/>
       <c r="F100" s="2" t="n"/>
       <c r="I100" s="2" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:J1"/>
   </mergeCells>
   <dataValidations count="6">
     <dataValidation sqref="J2:J3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="Input Error" error="Please select either 'Apply' or 'Do not apply'." type="list">
       <formula1>"Apply,Do not apply"</formula1>
     </dataValidation>
     <dataValidation sqref="A3:A3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="Input Error" error="Please enter a valid age group." type="list">
       <formula1>"81노기마스터1~2"</formula1>
     </dataValidation>
     <dataValidation sqref="B3:B3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="Input Error" error="Please select a gender from the list." type="list">
       <formula1>"Women's,Men's"</formula1>
     </dataValidation>
     <dataValidation sqref="C3:C3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="Input Error" error="Please select a belt from the list." type="list">
-      <formula1>"블랙,브라운,퍼플,화이트(2~4그라우),화이트비기어(0~1그라우),블루"</formula1>
+      <formula1>"블루,퍼플,브라운,화이트(2~4그라우),블랙,화이트비기어(0~1그라우)"</formula1>
     </dataValidation>
     <dataValidation sqref="D3:D3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="Input Error" error="Please select a weight class from the list." type="list">
       <formula1>"-48.5,-53.5,-58.5,-64,-69,-70,-74,-76,-82.3,-88.3,-94.3,+74,+94.3"</formula1>
     </dataValidation>
     <dataValidation sqref="J2:J3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="Input Error" error="Please select either 'Apply' or 'Do not apply'." type="list">
       <formula1>"Apply,Do not apply"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:M100"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
@@ -5610,51 +5610,51 @@
     <row r="99">
       <c r="D99" s="2" t="n"/>
       <c r="F99" s="2" t="n"/>
       <c r="I99" s="2" t="n"/>
     </row>
     <row r="100">
       <c r="D100" s="2" t="n"/>
       <c r="F100" s="2" t="n"/>
       <c r="I100" s="2" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:J1"/>
   </mergeCells>
   <dataValidations count="6">
     <dataValidation sqref="J2:J3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="Input Error" error="Please select either 'Apply' or 'Do not apply'." type="list">
       <formula1>"Apply,Do not apply"</formula1>
     </dataValidation>
     <dataValidation sqref="A3:A3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="Input Error" error="Please enter a valid age group." type="list">
       <formula1>"82노기마스터3~4"</formula1>
     </dataValidation>
     <dataValidation sqref="B3:B3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="Input Error" error="Please select a gender from the list." type="list">
       <formula1>"Women's,Men's"</formula1>
     </dataValidation>
     <dataValidation sqref="C3:C3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="Input Error" error="Please select a belt from the list." type="list">
-      <formula1>"비기너(화이트0~1그라우),블랙,브라운,어드밴스(화이트2~4그라우),퍼플,블루"</formula1>
+      <formula1>"블루,퍼플,브라운,블랙,비기너(화이트0~1그라우),어드밴스(화이트2~4그라우)"</formula1>
     </dataValidation>
     <dataValidation sqref="D3:D3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="Input Error" error="Please select a weight class from the list." type="list">
       <formula1>"-48.5,-53.5,-58.5,-64,-69,-70,-74,-76,-82.3,-88.3,-94.3,+74,+94.3"</formula1>
     </dataValidation>
     <dataValidation sqref="J2:J3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="Input Error" error="Please select either 'Apply' or 'Do not apply'." type="list">
       <formula1>"Apply,Do not apply"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:M100"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
@@ -6258,51 +6258,51 @@
     <row r="99">
       <c r="D99" s="2" t="n"/>
       <c r="F99" s="2" t="n"/>
       <c r="I99" s="2" t="n"/>
     </row>
     <row r="100">
       <c r="D100" s="2" t="n"/>
       <c r="F100" s="2" t="n"/>
       <c r="I100" s="2" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:J1"/>
   </mergeCells>
   <dataValidations count="5">
     <dataValidation sqref="J2:J3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="Input Error" error="This division does not allow absolute participation." type="custom">
       <formula1>EXACT(J2, "미신청")</formula1>
     </dataValidation>
     <dataValidation sqref="A3:A3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="Input Error" error="Please enter a valid age group." type="list">
       <formula1>"02초등1~2"</formula1>
     </dataValidation>
     <dataValidation sqref="B3:B3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="Input Error" error="Please select a gender from the list." type="list">
       <formula1>"Women's,Men's"</formula1>
     </dataValidation>
     <dataValidation sqref="C3:C3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="Input Error" error="Please select a belt from the list." type="list">
-      <formula1>"비기너(화이트~그레이 화이트),어드밴스(그레이벨트이상)"</formula1>
+      <formula1>"어드밴스(그레이벨트이상),비기너(화이트~그레이 화이트)"</formula1>
     </dataValidation>
     <dataValidation sqref="D3:D3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="Input Error" error="Please select a weight class from the list." type="list">
       <formula1>"-18,-21,-25,-29,-33,-37,-41,-45,-49,-53,-57,-61,+61"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:M100"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1" ht="60" customHeight="1">
       <c r="A1" s="1" t="inlineStr">
@@ -6903,51 +6903,51 @@
     <row r="99">
       <c r="D99" s="2" t="n"/>
       <c r="F99" s="2" t="n"/>
       <c r="I99" s="2" t="n"/>
     </row>
     <row r="100">
       <c r="D100" s="2" t="n"/>
       <c r="F100" s="2" t="n"/>
       <c r="I100" s="2" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:J1"/>
   </mergeCells>
   <dataValidations count="5">
     <dataValidation sqref="J2:J3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="Input Error" error="This division does not allow absolute participation." type="custom">
       <formula1>EXACT(J2, "미신청")</formula1>
     </dataValidation>
     <dataValidation sqref="A3:A3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="Input Error" error="Please enter a valid age group." type="list">
       <formula1>"03초등3~4"</formula1>
     </dataValidation>
     <dataValidation sqref="B3:B3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="Input Error" error="Please select a gender from the list." type="list">
       <formula1>"Women's,Men's"</formula1>
     </dataValidation>
     <dataValidation sqref="C3:C3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="Input Error" error="Please select a belt from the list." type="list">
-      <formula1>"비기너(화이트~그레이 화이트),어드밴스(그레이벨트이상)"</formula1>
+      <formula1>"어드밴스(그레이벨트이상),비기너(화이트~그레이 화이트)"</formula1>
     </dataValidation>
     <dataValidation sqref="D3:D3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="Input Error" error="Please select a weight class from the list." type="list">
       <formula1>"-18,-21,-25,-29,-33,-37,-41,-45,-49,-53,-57,-61,+61"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:M100"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1" ht="60" customHeight="1">
       <c r="A1" s="1" t="inlineStr">
@@ -7548,51 +7548,51 @@
     <row r="99">
       <c r="D99" s="2" t="n"/>
       <c r="F99" s="2" t="n"/>
       <c r="I99" s="2" t="n"/>
     </row>
     <row r="100">
       <c r="D100" s="2" t="n"/>
       <c r="F100" s="2" t="n"/>
       <c r="I100" s="2" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:J1"/>
   </mergeCells>
   <dataValidations count="5">
     <dataValidation sqref="J2:J3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="Input Error" error="This division does not allow absolute participation." type="custom">
       <formula1>EXACT(J2, "미신청")</formula1>
     </dataValidation>
     <dataValidation sqref="A3:A3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="Input Error" error="Please enter a valid age group." type="list">
       <formula1>"04초등5~6"</formula1>
     </dataValidation>
     <dataValidation sqref="B3:B3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="Input Error" error="Please select a gender from the list." type="list">
       <formula1>"Women's,Men's"</formula1>
     </dataValidation>
     <dataValidation sqref="C3:C3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="Input Error" error="Please select a belt from the list." type="list">
-      <formula1>"비기너(화이트~그레이 화이트),어드밴스(그레이벨트이상)"</formula1>
+      <formula1>"어드밴스(그레이벨트이상),비기너(화이트~그레이 화이트)"</formula1>
     </dataValidation>
     <dataValidation sqref="D3:D3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="Input Error" error="Please select a weight class from the list." type="list">
       <formula1>"-18,-21,-25,-29,-33,-37,-41,-45,-49,-53,-57,-61,+61"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:M100"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1" ht="60" customHeight="1">
       <c r="A1" s="1" t="inlineStr">
@@ -8841,51 +8841,51 @@
     <row r="99">
       <c r="D99" s="2" t="n"/>
       <c r="F99" s="2" t="n"/>
       <c r="I99" s="2" t="n"/>
     </row>
     <row r="100">
       <c r="D100" s="2" t="n"/>
       <c r="F100" s="2" t="n"/>
       <c r="I100" s="2" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:J1"/>
   </mergeCells>
   <dataValidations count="6">
     <dataValidation sqref="J2:J3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="Input Error" error="Please select either 'Apply' or 'Do not apply'." type="list">
       <formula1>"Apply,Do not apply"</formula1>
     </dataValidation>
     <dataValidation sqref="A3:A3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="Input Error" error="Please enter a valid age group." type="list">
       <formula1>"21고등부"</formula1>
     </dataValidation>
     <dataValidation sqref="B3:B3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="Input Error" error="Please select a gender from the list." type="list">
       <formula1>"Women's,Men's"</formula1>
     </dataValidation>
     <dataValidation sqref="C3:C3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="Input Error" error="Please select a belt from the list." type="list">
-      <formula1>"퍼플,비기너(화이트0~1그라우),블루,어드밴스(화이트2그라우~그레이블랙)"</formula1>
+      <formula1>"블루,퍼플,비기너(화이트0~1그라우),어드밴스(화이트2그라우~그레이블랙)"</formula1>
     </dataValidation>
     <dataValidation sqref="D3:D3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="Input Error" error="Please select a weight class from the list." type="list">
       <formula1>"-43.5,-48.5,-53.5,-57.5,-58.5,-64,-69,-70,-74,-76,-79.3,-82.3,-88.3,-94.3,-97.5,+79.3,+97.5"</formula1>
     </dataValidation>
     <dataValidation sqref="J2:J3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="Input Error" error="Please select either 'Apply' or 'Do not apply'." type="list">
       <formula1>"Apply,Do not apply"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:M100"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
@@ -9489,51 +9489,51 @@
     <row r="99">
       <c r="D99" s="2" t="n"/>
       <c r="F99" s="2" t="n"/>
       <c r="I99" s="2" t="n"/>
     </row>
     <row r="100">
       <c r="D100" s="2" t="n"/>
       <c r="F100" s="2" t="n"/>
       <c r="I100" s="2" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:J1"/>
   </mergeCells>
   <dataValidations count="6">
     <dataValidation sqref="J2:J3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="Input Error" error="Please select either 'Apply' or 'Do not apply'." type="list">
       <formula1>"Apply,Do not apply"</formula1>
     </dataValidation>
     <dataValidation sqref="A3:A3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="Input Error" error="Please enter a valid age group." type="list">
       <formula1>"31어덜트"</formula1>
     </dataValidation>
     <dataValidation sqref="B3:B3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="Input Error" error="Please select a gender from the list." type="list">
       <formula1>"Women's,Men's"</formula1>
     </dataValidation>
     <dataValidation sqref="C3:C3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="Input Error" error="Please select a belt from the list." type="list">
-      <formula1>"비기너(화이트0~1그라우),블랙,브라운,어드밴스(화이트2~4그라우),퍼플,블루"</formula1>
+      <formula1>"블루,퍼플,브라운,블랙,비기너(화이트0~1그라우),어드밴스(화이트2~4그라우)"</formula1>
     </dataValidation>
     <dataValidation sqref="D3:D3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="Input Error" error="Please select a weight class from the list." type="list">
       <formula1>"-43.5,-48.5,-53.5,-57.5,-58.5,-64,-69,-70,-74,-76,-79.3,-82.3,-88.3,-94.3,-97.5,+79.3,+97.5"</formula1>
     </dataValidation>
     <dataValidation sqref="J2:J3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="Input Error" error="Please select either 'Apply' or 'Do not apply'." type="list">
       <formula1>"Apply,Do not apply"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:M100"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
@@ -10137,51 +10137,51 @@
     <row r="99">
       <c r="D99" s="2" t="n"/>
       <c r="F99" s="2" t="n"/>
       <c r="I99" s="2" t="n"/>
     </row>
     <row r="100">
       <c r="D100" s="2" t="n"/>
       <c r="F100" s="2" t="n"/>
       <c r="I100" s="2" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:J1"/>
   </mergeCells>
   <dataValidations count="6">
     <dataValidation sqref="J2:J3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="Input Error" error="Please select either 'Apply' or 'Do not apply'." type="list">
       <formula1>"Apply,Do not apply"</formula1>
     </dataValidation>
     <dataValidation sqref="A3:A3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="Input Error" error="Please enter a valid age group." type="list">
       <formula1>"41마스터1(91~96)"</formula1>
     </dataValidation>
     <dataValidation sqref="B3:B3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="Input Error" error="Please select a gender from the list." type="list">
       <formula1>"Women's,Men's"</formula1>
     </dataValidation>
     <dataValidation sqref="C3:C3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="Input Error" error="Please select a belt from the list." type="list">
-      <formula1>"비기너(화이트0~1그라우),블랙,브라운,어드밴스(화이트2~4그라우),퍼플,블루"</formula1>
+      <formula1>"블루,퍼플,브라운,블랙,비기너(화이트0~1그라우),어드밴스(화이트2~4그라우)"</formula1>
     </dataValidation>
     <dataValidation sqref="D3:D3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="Input Error" error="Please select a weight class from the list." type="list">
       <formula1>"-48.5,-53.5,-58.5,-64,-69,-70,-74,-76,-82.3,-88.3,-94.3,+74,+94.3"</formula1>
     </dataValidation>
     <dataValidation sqref="J2:J3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="Input Error" error="Please select either 'Apply' or 'Do not apply'." type="list">
       <formula1>"Apply,Do not apply"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:M100"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
@@ -10785,51 +10785,51 @@
     <row r="99">
       <c r="D99" s="2" t="n"/>
       <c r="F99" s="2" t="n"/>
       <c r="I99" s="2" t="n"/>
     </row>
     <row r="100">
       <c r="D100" s="2" t="n"/>
       <c r="F100" s="2" t="n"/>
       <c r="I100" s="2" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:J1"/>
   </mergeCells>
   <dataValidations count="6">
     <dataValidation sqref="J2:J3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="Input Error" error="Please select either 'Apply' or 'Do not apply'." type="list">
       <formula1>"Apply,Do not apply"</formula1>
     </dataValidation>
     <dataValidation sqref="A3:A3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="Input Error" error="Please enter a valid age group." type="list">
       <formula1>"42마스터2(86~90)"</formula1>
     </dataValidation>
     <dataValidation sqref="B3:B3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="Input Error" error="Please select a gender from the list." type="list">
       <formula1>"Women's,Men's"</formula1>
     </dataValidation>
     <dataValidation sqref="C3:C3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="Input Error" error="Please select a belt from the list." type="list">
-      <formula1>"비기너(화이트0~1그라우),블랙,브라운,어드밴스(화이트2~4그라우),퍼플,블루"</formula1>
+      <formula1>"블루,퍼플,브라운,블랙,비기너(화이트0~1그라우),어드밴스(화이트2~4그라우)"</formula1>
     </dataValidation>
     <dataValidation sqref="D3:D3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="Input Error" error="Please select a weight class from the list." type="list">
       <formula1>"-48.5,-53.5,-58.5,-64,-69,-70,-74,-76,-82.3,-88.3,-94.3,+74,+94.3"</formula1>
     </dataValidation>
     <dataValidation sqref="J2:J3000" showDropDown="0" showInputMessage="0" showErrorMessage="1" allowBlank="0" errorTitle="Input Error" error="Please select either 'Apply' or 'Do not apply'." type="list">
       <formula1>"Apply,Do not apply"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>